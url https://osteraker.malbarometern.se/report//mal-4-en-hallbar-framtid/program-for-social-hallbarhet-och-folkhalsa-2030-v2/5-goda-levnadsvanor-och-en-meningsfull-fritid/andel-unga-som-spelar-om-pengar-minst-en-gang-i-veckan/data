--- v0 (2025-10-18)
+++ v1 (2026-03-03)
@@ -455,99 +455,139 @@
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="2">
         <v>44926</v>
       </c>
       <c r="E2" s="3">
         <v>2022</v>
       </c>
       <c r="F2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D3" s="2">
-        <v>44926</v>
+        <v>46022</v>
       </c>
       <c r="E3" s="3">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="F3">
-        <v>4</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D4" s="2">
         <v>44926</v>
       </c>
       <c r="E4" s="3">
         <v>2022</v>
       </c>
       <c r="F4">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D5" s="2">
         <v>44926</v>
       </c>
       <c r="E5" s="3">
         <v>2022</v>
       </c>
       <c r="F5">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B6" t="s">
+        <v>7</v>
+      </c>
+      <c r="C6" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" s="2">
+        <v>46022</v>
+      </c>
+      <c r="E6" s="3">
+        <v>2025</v>
+      </c>
+      <c r="F6">
+        <v>4.6</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" s="2">
+        <v>44926</v>
+      </c>
+      <c r="E7" s="3">
+        <v>2022</v>
+      </c>
+      <c r="F7">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>