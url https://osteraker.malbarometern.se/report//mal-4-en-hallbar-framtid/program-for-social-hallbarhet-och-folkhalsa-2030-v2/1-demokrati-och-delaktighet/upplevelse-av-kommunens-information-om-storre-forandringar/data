--- v0 (2025-10-16)
+++ v1 (2026-02-03)
@@ -475,280 +475,360 @@
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="2">
         <v>45291</v>
       </c>
       <c r="E3" s="3">
         <v>2023</v>
       </c>
       <c r="F3">
         <v>42.9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D4" s="2">
-        <v>44561</v>
+        <v>46022</v>
       </c>
       <c r="E4" s="3">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="F4">
-        <v>50.6</v>
+        <v>49.4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E5" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F5">
-        <v>51.5</v>
+        <v>50.6</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>7</v>
       </c>
       <c r="C6" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E6" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F6">
-        <v>50.7</v>
+        <v>51.5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="2">
-        <v>45657</v>
+        <v>45291</v>
       </c>
       <c r="E7" s="3">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="F7">
-        <v>49.2</v>
+        <v>50.7</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>7</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D8" s="2">
-        <v>44561</v>
+        <v>45657</v>
       </c>
       <c r="E8" s="3">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="F8">
-        <v>49.379412</v>
+        <v>49.2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
         <v>7</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D9" s="2">
-        <v>44926</v>
+        <v>46022</v>
       </c>
       <c r="E9" s="3">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="F9">
-        <v>49.778571</v>
+        <v>51.2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>7</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E10" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F10">
-        <v>48.851515</v>
+        <v>49.379412</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="2">
-        <v>45657</v>
+        <v>44926</v>
       </c>
       <c r="E11" s="3">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="F11">
-        <v>48.526087</v>
+        <v>49.778571</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12" t="s">
         <v>7</v>
       </c>
       <c r="C12" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D12" s="2">
-        <v>44561</v>
+        <v>45291</v>
       </c>
       <c r="E12" s="3">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="F12">
-        <v>49.566667</v>
+        <v>48.851515</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>6</v>
       </c>
       <c r="B13" t="s">
         <v>7</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D13" s="2">
-        <v>44926</v>
+        <v>45657</v>
       </c>
       <c r="E13" s="3">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="F13">
-        <v>48.782353</v>
+        <v>48.526087</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D14" s="2">
-        <v>45291</v>
+        <v>46022</v>
       </c>
       <c r="E14" s="3">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="F14">
-        <v>48.245455</v>
+        <v>50.110714</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
         <v>7</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" s="2">
+        <v>44561</v>
+      </c>
+      <c r="E15" s="3">
+        <v>2021</v>
+      </c>
+      <c r="F15">
+        <v>49.566667</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>6</v>
+      </c>
+      <c r="B16" t="s">
+        <v>7</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" s="2">
+        <v>44926</v>
+      </c>
+      <c r="E16" s="3">
+        <v>2022</v>
+      </c>
+      <c r="F16">
+        <v>48.782353</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>6</v>
+      </c>
+      <c r="B17" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" s="2">
+        <v>45291</v>
+      </c>
+      <c r="E17" s="3">
+        <v>2023</v>
+      </c>
+      <c r="F17">
+        <v>48.245455</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>6</v>
+      </c>
+      <c r="B18" t="s">
+        <v>7</v>
+      </c>
+      <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" s="2">
         <v>45657</v>
       </c>
-      <c r="E15" s="3">
+      <c r="E18" s="3">
         <v>2024</v>
       </c>
-      <c r="F15">
+      <c r="F18">
         <v>48.346154</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>6</v>
+      </c>
+      <c r="B19" t="s">
+        <v>7</v>
+      </c>
+      <c r="C19" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" s="2">
+        <v>46022</v>
+      </c>
+      <c r="E19" s="3">
+        <v>2025</v>
+      </c>
+      <c r="F19">
+        <v>50.422222</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>