--- v0 (2025-10-25)
+++ v1 (2026-02-25)
@@ -675,600 +675,680 @@
       </c>
       <c r="B13" t="s">
         <v>7</v>
       </c>
       <c r="C13" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="2">
         <v>45291</v>
       </c>
       <c r="E13" s="3">
         <v>2023</v>
       </c>
       <c r="F13">
         <v>38.170347</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D14" s="2">
-        <v>41274</v>
+        <v>45657</v>
       </c>
       <c r="E14" s="3">
-        <v>2012</v>
+        <v>2024</v>
       </c>
       <c r="F14">
-        <v>38.513506</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
         <v>7</v>
       </c>
       <c r="C15" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E15" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F15">
-        <v>38.809311</v>
+        <v>38.513506</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
         <v>7</v>
       </c>
       <c r="C16" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E16" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F16">
-        <v>38.03931</v>
+        <v>38.809311</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>6</v>
       </c>
       <c r="B17" t="s">
         <v>7</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E17" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F17">
-        <v>37.701788</v>
+        <v>38.03931</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E18" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F18">
-        <v>37.356367</v>
+        <v>37.701788</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>7</v>
       </c>
       <c r="C19" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E19" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F19">
-        <v>37.523973</v>
+        <v>37.356367</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
         <v>7</v>
       </c>
       <c r="C20" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E20" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F20">
-        <v>39.300216</v>
+        <v>37.523973</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21" t="s">
         <v>7</v>
       </c>
       <c r="C21" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E21" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F21">
-        <v>41.67819</v>
+        <v>39.300216</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
         <v>7</v>
       </c>
       <c r="C22" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E22" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F22">
-        <v>45.257923</v>
+        <v>41.67819</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
         <v>7</v>
       </c>
       <c r="C23" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E23" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F23">
-        <v>47.195073</v>
+        <v>45.258112</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
         <v>7</v>
       </c>
       <c r="C24" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E24" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F24">
-        <v>47.294737</v>
+        <v>47.1955</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
         <v>7</v>
       </c>
       <c r="C25" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E25" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F25">
-        <v>48.628106</v>
+        <v>47.294737</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>7</v>
       </c>
       <c r="C26" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D26" s="2">
-        <v>44196</v>
+        <v>45291</v>
       </c>
       <c r="E26" s="3">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="F26">
-        <v>37.775524</v>
+        <v>48.628122</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
         <v>7</v>
       </c>
       <c r="C27" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D27" s="2">
-        <v>44561</v>
+        <v>45657</v>
       </c>
       <c r="E27" s="3">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="F27">
-        <v>38.823898</v>
+        <v>48.163185</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>6</v>
       </c>
       <c r="B28" t="s">
         <v>7</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E28" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F28">
-        <v>39.516086</v>
+        <v>37.775524</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
         <v>7</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E29" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F29">
-        <v>41.131652</v>
+        <v>38.825937</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>7</v>
       </c>
       <c r="C30" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D30" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E30" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F30">
-        <v>33.217551</v>
+        <v>39.516086</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>6</v>
       </c>
       <c r="B31" t="s">
         <v>7</v>
       </c>
       <c r="C31" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D31" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E31" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F31">
-        <v>33.711598</v>
+        <v>41.131652</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32" t="s">
         <v>7</v>
       </c>
       <c r="C32" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D32" s="2">
-        <v>42004</v>
+        <v>45657</v>
       </c>
       <c r="E32" s="3">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="F32">
-        <v>34.643988</v>
+        <v>39.190578</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>6</v>
       </c>
       <c r="B33" t="s">
         <v>7</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" s="2">
-        <v>42369</v>
+        <v>41274</v>
       </c>
       <c r="E33" s="3">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="F33">
-        <v>35.509390</v>
+        <v>33.217551</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>6</v>
       </c>
       <c r="B34" t="s">
         <v>7</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" s="2">
-        <v>42735</v>
+        <v>41639</v>
       </c>
       <c r="E34" s="3">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="F34">
-        <v>33.367828</v>
+        <v>33.711598</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>6</v>
       </c>
       <c r="B35" t="s">
         <v>7</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" s="2">
-        <v>43100</v>
+        <v>42004</v>
       </c>
       <c r="E35" s="3">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="F35">
-        <v>34.622759</v>
+        <v>34.643988</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36" t="s">
         <v>7</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" s="2">
-        <v>43465</v>
+        <v>42369</v>
       </c>
       <c r="E36" s="3">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="F36">
-        <v>35.487949</v>
+        <v>35.509390</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>6</v>
       </c>
       <c r="B37" t="s">
         <v>7</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" s="2">
-        <v>43830</v>
+        <v>42735</v>
       </c>
       <c r="E37" s="3">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="F37">
-        <v>37.541462</v>
+        <v>33.367828</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
         <v>7</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" s="2">
-        <v>44196</v>
+        <v>43100</v>
       </c>
       <c r="E38" s="3">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="F38">
-        <v>39.087530</v>
+        <v>34.622759</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="B39" t="s">
         <v>7</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E39" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F39">
-        <v>41.556996</v>
+        <v>35.487949</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>7</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" s="2">
-        <v>44926</v>
+        <v>43830</v>
       </c>
       <c r="E40" s="3">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="F40">
-        <v>42.271709</v>
+        <v>37.541462</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>6</v>
       </c>
       <c r="B41" t="s">
         <v>7</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" s="2">
+        <v>44196</v>
+      </c>
+      <c r="E41" s="3">
+        <v>2020</v>
+      </c>
+      <c r="F41">
+        <v>39.087530</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>6</v>
+      </c>
+      <c r="B42" t="s">
+        <v>7</v>
+      </c>
+      <c r="C42" t="s">
+        <v>11</v>
+      </c>
+      <c r="D42" s="2">
+        <v>44561</v>
+      </c>
+      <c r="E42" s="3">
+        <v>2021</v>
+      </c>
+      <c r="F42">
+        <v>41.556996</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>6</v>
+      </c>
+      <c r="B43" t="s">
+        <v>7</v>
+      </c>
+      <c r="C43" t="s">
+        <v>11</v>
+      </c>
+      <c r="D43" s="2">
+        <v>44926</v>
+      </c>
+      <c r="E43" s="3">
+        <v>2022</v>
+      </c>
+      <c r="F43">
+        <v>42.271709</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>6</v>
+      </c>
+      <c r="B44" t="s">
+        <v>7</v>
+      </c>
+      <c r="C44" t="s">
+        <v>11</v>
+      </c>
+      <c r="D44" s="2">
         <v>45291</v>
       </c>
-      <c r="E41" s="3">
+      <c r="E44" s="3">
         <v>2023</v>
       </c>
-      <c r="F41">
+      <c r="F44">
         <v>42.927078</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>6</v>
+      </c>
+      <c r="B45" t="s">
+        <v>7</v>
+      </c>
+      <c r="C45" t="s">
+        <v>11</v>
+      </c>
+      <c r="D45" s="2">
+        <v>45657</v>
+      </c>
+      <c r="E45" s="3">
+        <v>2024</v>
+      </c>
+      <c r="F45">
+        <v>42.491116</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>