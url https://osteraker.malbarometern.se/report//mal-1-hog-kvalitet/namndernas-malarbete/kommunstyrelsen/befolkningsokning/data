--- v0 (2025-10-19)
+++ v1 (2026-02-25)
@@ -1615,700 +1615,760 @@
       </c>
       <c r="B60" t="s">
         <v>7</v>
       </c>
       <c r="C60" t="s">
         <v>9</v>
       </c>
       <c r="D60" s="2">
         <v>45291</v>
       </c>
       <c r="E60" s="3">
         <v>2023</v>
       </c>
       <c r="F60">
         <v>0.286564</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>6</v>
       </c>
       <c r="B61" t="s">
         <v>7</v>
       </c>
       <c r="C61" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D61" s="2">
-        <v>44196</v>
+        <v>45657</v>
       </c>
       <c r="E61" s="3">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="F61">
-        <v>0.880948</v>
+        <v>0.341205</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>6</v>
       </c>
       <c r="B62" t="s">
         <v>7</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E62" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F62">
-        <v>1.281413</v>
+        <v>0.880948</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>6</v>
       </c>
       <c r="B63" t="s">
         <v>7</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E63" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F63">
-        <v>1.028523</v>
+        <v>1.281413</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>6</v>
       </c>
       <c r="B64" t="s">
         <v>7</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E64" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F64">
-        <v>0.563336</v>
+        <v>1.028523</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>6</v>
       </c>
       <c r="B65" t="s">
         <v>7</v>
       </c>
       <c r="C65" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D65" s="2">
-        <v>35064</v>
+        <v>45291</v>
       </c>
       <c r="E65" s="3">
-        <v>1995</v>
+        <v>2023</v>
       </c>
       <c r="F65">
-        <v>1.032909</v>
+        <v>0.563336</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>6</v>
       </c>
       <c r="B66" t="s">
         <v>7</v>
       </c>
       <c r="C66" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D66" s="2">
-        <v>35430</v>
+        <v>45657</v>
       </c>
       <c r="E66" s="3">
-        <v>1996</v>
+        <v>2024</v>
       </c>
       <c r="F66">
-        <v>1.129118</v>
+        <v>0.575625</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>6</v>
       </c>
       <c r="B67" t="s">
         <v>7</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" s="2">
-        <v>35795</v>
+        <v>35064</v>
       </c>
       <c r="E67" s="3">
-        <v>1997</v>
+        <v>1995</v>
       </c>
       <c r="F67">
-        <v>1.029418</v>
+        <v>1.032909</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>6</v>
       </c>
       <c r="B68" t="s">
         <v>7</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" s="2">
-        <v>36160</v>
+        <v>35430</v>
       </c>
       <c r="E68" s="3">
-        <v>1998</v>
+        <v>1996</v>
       </c>
       <c r="F68">
-        <v>0.830698</v>
+        <v>1.129118</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>6</v>
       </c>
       <c r="B69" t="s">
         <v>7</v>
       </c>
       <c r="C69" t="s">
         <v>11</v>
       </c>
       <c r="D69" s="2">
-        <v>36525</v>
+        <v>35795</v>
       </c>
       <c r="E69" s="3">
-        <v>1999</v>
+        <v>1997</v>
       </c>
       <c r="F69">
-        <v>1.286929</v>
+        <v>1.029418</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
         <v>7</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" s="2">
-        <v>36891</v>
+        <v>36160</v>
       </c>
       <c r="E70" s="3">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="F70">
-        <v>1.413647</v>
+        <v>0.830698</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>6</v>
       </c>
       <c r="B71" t="s">
         <v>7</v>
       </c>
       <c r="C71" t="s">
         <v>11</v>
       </c>
       <c r="D71" s="2">
-        <v>37256</v>
+        <v>36525</v>
       </c>
       <c r="E71" s="3">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="F71">
-        <v>1.041999</v>
+        <v>1.286929</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
         <v>7</v>
       </c>
       <c r="C72" t="s">
         <v>11</v>
       </c>
       <c r="D72" s="2">
-        <v>37621</v>
+        <v>36891</v>
       </c>
       <c r="E72" s="3">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="F72">
-        <v>0.778684</v>
+        <v>1.413647</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>6</v>
       </c>
       <c r="B73" t="s">
         <v>7</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" s="2">
-        <v>37986</v>
+        <v>37256</v>
       </c>
       <c r="E73" s="3">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="F73">
-        <v>0.682649</v>
+        <v>1.041999</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>6</v>
       </c>
       <c r="B74" t="s">
         <v>7</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" s="2">
-        <v>38352</v>
+        <v>37621</v>
       </c>
       <c r="E74" s="3">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="F74">
-        <v>0.865394</v>
+        <v>0.778684</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>6</v>
       </c>
       <c r="B75" t="s">
         <v>7</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
       <c r="D75" s="2">
-        <v>38717</v>
+        <v>37986</v>
       </c>
       <c r="E75" s="3">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="F75">
-        <v>1.011973</v>
+        <v>0.682649</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>6</v>
       </c>
       <c r="B76" t="s">
         <v>7</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
       <c r="D76" s="2">
-        <v>39082</v>
+        <v>38352</v>
       </c>
       <c r="E76" s="3">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="F76">
-        <v>1.549704</v>
+        <v>0.865394</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>6</v>
       </c>
       <c r="B77" t="s">
         <v>7</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" s="2">
-        <v>39447</v>
+        <v>38717</v>
       </c>
       <c r="E77" s="3">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="F77">
-        <v>1.738017</v>
+        <v>1.011973</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>6</v>
       </c>
       <c r="B78" t="s">
         <v>7</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" s="2">
-        <v>39813</v>
+        <v>39082</v>
       </c>
       <c r="E78" s="3">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="F78">
-        <v>1.359543</v>
+        <v>1.549704</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>6</v>
       </c>
       <c r="B79" t="s">
         <v>7</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" s="2">
-        <v>40178</v>
+        <v>39447</v>
       </c>
       <c r="E79" s="3">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="F79">
-        <v>1.627734</v>
+        <v>1.738017</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>6</v>
       </c>
       <c r="B80" t="s">
         <v>7</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80" s="2">
-        <v>40543</v>
+        <v>39813</v>
       </c>
       <c r="E80" s="3">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="F80">
-        <v>1.389484</v>
+        <v>1.359543</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>6</v>
       </c>
       <c r="B81" t="s">
         <v>7</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" s="2">
-        <v>40908</v>
+        <v>40178</v>
       </c>
       <c r="E81" s="3">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="F81">
-        <v>1.569516</v>
+        <v>1.627734</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>6</v>
       </c>
       <c r="B82" t="s">
         <v>7</v>
       </c>
       <c r="C82" t="s">
         <v>11</v>
       </c>
       <c r="D82" s="2">
-        <v>41274</v>
+        <v>40543</v>
       </c>
       <c r="E82" s="3">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="F82">
-        <v>1.423904</v>
+        <v>1.389484</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>6</v>
       </c>
       <c r="B83" t="s">
         <v>7</v>
       </c>
       <c r="C83" t="s">
         <v>11</v>
       </c>
       <c r="D83" s="2">
-        <v>41639</v>
+        <v>40908</v>
       </c>
       <c r="E83" s="3">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="F83">
-        <v>1.462047</v>
+        <v>1.569516</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>6</v>
       </c>
       <c r="B84" t="s">
         <v>7</v>
       </c>
       <c r="C84" t="s">
         <v>11</v>
       </c>
       <c r="D84" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E84" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F84">
-        <v>1.618645</v>
+        <v>1.423904</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>6</v>
       </c>
       <c r="B85" t="s">
         <v>7</v>
       </c>
       <c r="C85" t="s">
         <v>11</v>
       </c>
       <c r="D85" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E85" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F85">
-        <v>1.750490</v>
+        <v>1.462047</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>6</v>
       </c>
       <c r="B86" t="s">
         <v>7</v>
       </c>
       <c r="C86" t="s">
         <v>11</v>
       </c>
       <c r="D86" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E86" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F86">
-        <v>1.957184</v>
+        <v>1.618645</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>6</v>
       </c>
       <c r="B87" t="s">
         <v>7</v>
       </c>
       <c r="C87" t="s">
         <v>11</v>
       </c>
       <c r="D87" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E87" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F87">
-        <v>1.791499</v>
+        <v>1.750490</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>6</v>
       </c>
       <c r="B88" t="s">
         <v>7</v>
       </c>
       <c r="C88" t="s">
         <v>11</v>
       </c>
       <c r="D88" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E88" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F88">
-        <v>1.719062</v>
+        <v>1.957184</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>6</v>
       </c>
       <c r="B89" t="s">
         <v>7</v>
       </c>
       <c r="C89" t="s">
         <v>11</v>
       </c>
       <c r="D89" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E89" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F89">
-        <v>1.355566</v>
+        <v>1.791499</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>6</v>
       </c>
       <c r="B90" t="s">
         <v>7</v>
       </c>
       <c r="C90" t="s">
         <v>11</v>
       </c>
       <c r="D90" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E90" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F90">
-        <v>0.902703</v>
+        <v>1.719062</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>6</v>
       </c>
       <c r="B91" t="s">
         <v>7</v>
       </c>
       <c r="C91" t="s">
         <v>11</v>
       </c>
       <c r="D91" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E91" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F91">
-        <v>1.416366</v>
+        <v>1.355566</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>6</v>
       </c>
       <c r="B92" t="s">
         <v>7</v>
       </c>
       <c r="C92" t="s">
         <v>11</v>
       </c>
       <c r="D92" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E92" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F92">
-        <v>1.219462</v>
+        <v>0.902703</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>6</v>
       </c>
       <c r="B93" t="s">
         <v>7</v>
       </c>
       <c r="C93" t="s">
         <v>11</v>
       </c>
       <c r="D93" s="2">
+        <v>44561</v>
+      </c>
+      <c r="E93" s="3">
+        <v>2021</v>
+      </c>
+      <c r="F93">
+        <v>1.416366</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>6</v>
+      </c>
+      <c r="B94" t="s">
+        <v>7</v>
+      </c>
+      <c r="C94" t="s">
+        <v>11</v>
+      </c>
+      <c r="D94" s="2">
+        <v>44926</v>
+      </c>
+      <c r="E94" s="3">
+        <v>2022</v>
+      </c>
+      <c r="F94">
+        <v>1.219462</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>6</v>
+      </c>
+      <c r="B95" t="s">
+        <v>7</v>
+      </c>
+      <c r="C95" t="s">
+        <v>11</v>
+      </c>
+      <c r="D95" s="2">
         <v>45291</v>
       </c>
-      <c r="E93" s="3">
+      <c r="E95" s="3">
         <v>2023</v>
       </c>
-      <c r="F93">
+      <c r="F95">
         <v>0.748491</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>6</v>
+      </c>
+      <c r="B96" t="s">
+        <v>7</v>
+      </c>
+      <c r="C96" t="s">
+        <v>11</v>
+      </c>
+      <c r="D96" s="2">
+        <v>45657</v>
+      </c>
+      <c r="E96" s="3">
+        <v>2024</v>
+      </c>
+      <c r="F96">
+        <v>0.727974</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>