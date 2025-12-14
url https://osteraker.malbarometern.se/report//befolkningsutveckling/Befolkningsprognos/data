--- v0 (2025-10-25)
+++ v1 (2025-12-14)
@@ -53,54 +53,54 @@
   <si>
     <t>Befolkningsprognos</t>
   </si>
   <si>
     <t>SE.5.6</t>
   </si>
   <si>
     <t>0 år</t>
   </si>
   <si>
     <t>1-5 år</t>
   </si>
   <si>
     <t>6-15 år</t>
   </si>
   <si>
     <t>16-19 år</t>
   </si>
   <si>
     <t>20-64 år</t>
   </si>
   <si>
     <t>65-79 år</t>
   </si>
   <si>
-    <t>Hela befolkningen</t>
+    <t>80+</t>
   </si>
   <si>
-    <t>80+</t>
+    <t>Hela befolkningen</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1416,351 +1416,351 @@
       </c>
       <c r="E49" s="3">
         <v>2028</v>
       </c>
       <c r="F49">
         <v>6508.550092</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>6</v>
       </c>
       <c r="B50" t="s">
         <v>7</v>
       </c>
       <c r="C50" t="s">
         <v>14</v>
       </c>
       <c r="D50" s="2">
         <v>44561</v>
       </c>
       <c r="E50" s="3">
         <v>2021</v>
       </c>
       <c r="F50">
-        <v>48234</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>6</v>
       </c>
       <c r="B51" t="s">
         <v>7</v>
       </c>
       <c r="C51" t="s">
         <v>15</v>
       </c>
       <c r="D51" s="2">
         <v>44561</v>
       </c>
       <c r="E51" s="3">
         <v>2021</v>
       </c>
       <c r="F51">
-        <v>2132</v>
+        <v>48234</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>6</v>
       </c>
       <c r="B52" t="s">
         <v>7</v>
       </c>
       <c r="C52" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D52" s="2">
         <v>44926</v>
       </c>
       <c r="E52" s="3">
         <v>2022</v>
       </c>
       <c r="F52">
         <v>49138</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>6</v>
       </c>
       <c r="B53" t="s">
         <v>7</v>
       </c>
       <c r="C53" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D53" s="2">
         <v>44926</v>
       </c>
       <c r="E53" s="3">
         <v>2022</v>
       </c>
       <c r="F53">
         <v>2329</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>6</v>
       </c>
       <c r="B54" t="s">
         <v>7</v>
       </c>
       <c r="C54" t="s">
         <v>14</v>
       </c>
       <c r="D54" s="2">
         <v>45291</v>
       </c>
       <c r="E54" s="3">
         <v>2023</v>
       </c>
       <c r="F54">
-        <v>49282</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>6</v>
       </c>
       <c r="B55" t="s">
         <v>7</v>
       </c>
       <c r="C55" t="s">
         <v>15</v>
       </c>
       <c r="D55" s="2">
         <v>45291</v>
       </c>
       <c r="E55" s="3">
         <v>2023</v>
       </c>
       <c r="F55">
-        <v>2573</v>
+        <v>49282</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>6</v>
       </c>
       <c r="B56" t="s">
         <v>7</v>
       </c>
       <c r="C56" t="s">
         <v>14</v>
       </c>
       <c r="D56" s="2">
         <v>45657</v>
       </c>
       <c r="E56" s="3">
         <v>2024</v>
       </c>
       <c r="F56">
-        <v>49787</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>6</v>
       </c>
       <c r="B57" t="s">
         <v>7</v>
       </c>
       <c r="C57" t="s">
         <v>15</v>
       </c>
       <c r="D57" s="2">
         <v>45657</v>
       </c>
       <c r="E57" s="3">
         <v>2024</v>
       </c>
       <c r="F57">
-        <v>2860</v>
+        <v>49787</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>6</v>
       </c>
       <c r="B58" t="s">
         <v>7</v>
       </c>
       <c r="C58" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D58" s="2">
         <v>46022</v>
       </c>
       <c r="E58" s="3">
         <v>2025</v>
       </c>
       <c r="F58">
         <v>3097.771583</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>6</v>
       </c>
       <c r="B59" t="s">
         <v>7</v>
       </c>
       <c r="C59" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D59" s="2">
         <v>46022</v>
       </c>
       <c r="E59" s="3">
         <v>2025</v>
       </c>
       <c r="F59">
         <v>50050.753472</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>6</v>
       </c>
       <c r="B60" t="s">
         <v>7</v>
       </c>
       <c r="C60" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="2">
         <v>46387</v>
       </c>
       <c r="E60" s="3">
         <v>2026</v>
       </c>
       <c r="F60">
-        <v>3318.765551</v>
+        <v>50441.940361</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>6</v>
       </c>
       <c r="B61" t="s">
         <v>7</v>
       </c>
       <c r="C61" t="s">
         <v>14</v>
       </c>
       <c r="D61" s="2">
         <v>46387</v>
       </c>
       <c r="E61" s="3">
         <v>2026</v>
       </c>
       <c r="F61">
-        <v>50441.940361</v>
+        <v>3318.765551</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>6</v>
       </c>
       <c r="B62" t="s">
         <v>7</v>
       </c>
       <c r="C62" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D62" s="2">
         <v>46752</v>
       </c>
       <c r="E62" s="3">
         <v>2027</v>
       </c>
       <c r="F62">
         <v>3491.159211</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>6</v>
       </c>
       <c r="B63" t="s">
         <v>7</v>
       </c>
       <c r="C63" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D63" s="2">
         <v>46752</v>
       </c>
       <c r="E63" s="3">
         <v>2027</v>
       </c>
       <c r="F63">
         <v>51248.360991</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>6</v>
       </c>
       <c r="B64" t="s">
         <v>7</v>
       </c>
       <c r="C64" t="s">
         <v>15</v>
       </c>
       <c r="D64" s="2">
         <v>47118</v>
       </c>
       <c r="E64" s="3">
         <v>2028</v>
       </c>
       <c r="F64">
-        <v>3653.208741</v>
+        <v>51992.927576</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>6</v>
       </c>
       <c r="B65" t="s">
         <v>7</v>
       </c>
       <c r="C65" t="s">
         <v>14</v>
       </c>
       <c r="D65" s="2">
         <v>47118</v>
       </c>
       <c r="E65" s="3">
         <v>2028</v>
       </c>
       <c r="F65">
-        <v>51992.927576</v>
+        <v>3653.208741</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>