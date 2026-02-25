--- v1 (2025-12-14)
+++ v2 (2026-02-25)
@@ -53,54 +53,54 @@
   <si>
     <t>Befolkningsprognos</t>
   </si>
   <si>
     <t>SE.5.6</t>
   </si>
   <si>
     <t>0 år</t>
   </si>
   <si>
     <t>1-5 år</t>
   </si>
   <si>
     <t>6-15 år</t>
   </si>
   <si>
     <t>16-19 år</t>
   </si>
   <si>
     <t>20-64 år</t>
   </si>
   <si>
     <t>65-79 år</t>
   </si>
   <si>
-    <t>80+</t>
+    <t>Hela befolkningen</t>
   </si>
   <si>
-    <t>Hela befolkningen</t>
+    <t>80+</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1416,351 +1416,351 @@
       </c>
       <c r="E49" s="3">
         <v>2028</v>
       </c>
       <c r="F49">
         <v>6508.550092</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>6</v>
       </c>
       <c r="B50" t="s">
         <v>7</v>
       </c>
       <c r="C50" t="s">
         <v>14</v>
       </c>
       <c r="D50" s="2">
         <v>44561</v>
       </c>
       <c r="E50" s="3">
         <v>2021</v>
       </c>
       <c r="F50">
-        <v>2132</v>
+        <v>48234</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>6</v>
       </c>
       <c r="B51" t="s">
         <v>7</v>
       </c>
       <c r="C51" t="s">
         <v>15</v>
       </c>
       <c r="D51" s="2">
         <v>44561</v>
       </c>
       <c r="E51" s="3">
         <v>2021</v>
       </c>
       <c r="F51">
-        <v>48234</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>6</v>
       </c>
       <c r="B52" t="s">
         <v>7</v>
       </c>
       <c r="C52" t="s">
         <v>15</v>
       </c>
       <c r="D52" s="2">
         <v>44926</v>
       </c>
       <c r="E52" s="3">
         <v>2022</v>
       </c>
       <c r="F52">
-        <v>49138</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>6</v>
       </c>
       <c r="B53" t="s">
         <v>7</v>
       </c>
       <c r="C53" t="s">
         <v>14</v>
       </c>
       <c r="D53" s="2">
         <v>44926</v>
       </c>
       <c r="E53" s="3">
         <v>2022</v>
       </c>
       <c r="F53">
-        <v>2329</v>
+        <v>49138</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>6</v>
       </c>
       <c r="B54" t="s">
         <v>7</v>
       </c>
       <c r="C54" t="s">
         <v>14</v>
       </c>
       <c r="D54" s="2">
         <v>45291</v>
       </c>
       <c r="E54" s="3">
         <v>2023</v>
       </c>
       <c r="F54">
-        <v>2573</v>
+        <v>49282</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>6</v>
       </c>
       <c r="B55" t="s">
         <v>7</v>
       </c>
       <c r="C55" t="s">
         <v>15</v>
       </c>
       <c r="D55" s="2">
         <v>45291</v>
       </c>
       <c r="E55" s="3">
         <v>2023</v>
       </c>
       <c r="F55">
-        <v>49282</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>6</v>
       </c>
       <c r="B56" t="s">
         <v>7</v>
       </c>
       <c r="C56" t="s">
         <v>14</v>
       </c>
       <c r="D56" s="2">
         <v>45657</v>
       </c>
       <c r="E56" s="3">
         <v>2024</v>
       </c>
       <c r="F56">
-        <v>2860</v>
+        <v>49787</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>6</v>
       </c>
       <c r="B57" t="s">
         <v>7</v>
       </c>
       <c r="C57" t="s">
         <v>15</v>
       </c>
       <c r="D57" s="2">
         <v>45657</v>
       </c>
       <c r="E57" s="3">
         <v>2024</v>
       </c>
       <c r="F57">
-        <v>49787</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>6</v>
       </c>
       <c r="B58" t="s">
         <v>7</v>
       </c>
       <c r="C58" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D58" s="2">
         <v>46022</v>
       </c>
       <c r="E58" s="3">
         <v>2025</v>
       </c>
       <c r="F58">
         <v>3097.771583</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>6</v>
       </c>
       <c r="B59" t="s">
         <v>7</v>
       </c>
       <c r="C59" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D59" s="2">
         <v>46022</v>
       </c>
       <c r="E59" s="3">
         <v>2025</v>
       </c>
       <c r="F59">
         <v>50050.753472</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>6</v>
       </c>
       <c r="B60" t="s">
         <v>7</v>
       </c>
       <c r="C60" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D60" s="2">
         <v>46387</v>
       </c>
       <c r="E60" s="3">
         <v>2026</v>
       </c>
       <c r="F60">
         <v>50441.940361</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>6</v>
       </c>
       <c r="B61" t="s">
         <v>7</v>
       </c>
       <c r="C61" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D61" s="2">
         <v>46387</v>
       </c>
       <c r="E61" s="3">
         <v>2026</v>
       </c>
       <c r="F61">
         <v>3318.765551</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>6</v>
       </c>
       <c r="B62" t="s">
         <v>7</v>
       </c>
       <c r="C62" t="s">
         <v>14</v>
       </c>
       <c r="D62" s="2">
         <v>46752</v>
       </c>
       <c r="E62" s="3">
         <v>2027</v>
       </c>
       <c r="F62">
-        <v>3491.159211</v>
+        <v>51248.360991</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>6</v>
       </c>
       <c r="B63" t="s">
         <v>7</v>
       </c>
       <c r="C63" t="s">
         <v>15</v>
       </c>
       <c r="D63" s="2">
         <v>46752</v>
       </c>
       <c r="E63" s="3">
         <v>2027</v>
       </c>
       <c r="F63">
-        <v>51248.360991</v>
+        <v>3491.159211</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>6</v>
       </c>
       <c r="B64" t="s">
         <v>7</v>
       </c>
       <c r="C64" t="s">
         <v>15</v>
       </c>
       <c r="D64" s="2">
         <v>47118</v>
       </c>
       <c r="E64" s="3">
         <v>2028</v>
       </c>
       <c r="F64">
-        <v>51992.927576</v>
+        <v>3653.208741</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>6</v>
       </c>
       <c r="B65" t="s">
         <v>7</v>
       </c>
       <c r="C65" t="s">
         <v>14</v>
       </c>
       <c r="D65" s="2">
         <v>47118</v>
       </c>
       <c r="E65" s="3">
         <v>2028</v>
       </c>
       <c r="F65">
-        <v>3653.208741</v>
+        <v>51992.927576</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>